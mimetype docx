--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -173,51 +173,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Всего Салон посетили более шестнадцати тысяч человек из более чемдвухсот шестидесяти организаций. После завершения основной деловойпрограммы мероприятие продолжило работу на полигоне МЧС России вНогинске. Здесь прошло масштабное демонстрационное учение сприменением более двухсот единиц техники, среди которыхприсутствовали самолеты, вертолеты, беспилотные воздушные суда.Вместе с сотрудниками МЧС России участвовали их коллеги из 12зарубежных стран.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>