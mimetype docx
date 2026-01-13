--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -161,51 +161,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Подобные соревнования способствуют укреплению отношений вколлективе спасателей. Кроме того, командная игра позволяет вопределенной степени развивать навыки совместной работы вчрезвычайных ситуациях. Атмосфера оперативного реагированиявоспроизводится за счет высокого накала спортивных страстей инеобходимости быстро отвечать на подачи соперников. ФГКУ«Национальный горноспасательный центр» поощряет участие работниковв спортивно-массовых мероприятиях и любительском спорте.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>