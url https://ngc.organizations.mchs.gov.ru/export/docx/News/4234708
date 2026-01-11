--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -168,51 +168,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В 2020 году новокузнецкие спасатели, как и прежде, стояли на стражежизни и здоровья граждан. Они защищали новокузнечан от пожаров,спасали тонущих из воды, спускались под землю, чтобы вывестишахтеров из аварийных участков, проводили технические работы поликвидации последствий аварий, следили за выполнением требований побезопасности, обучали спасателей из других регионов и стран,участвовали в поисковых операциях, проводили инструктажи ипрофилактическую работу с новокузнечанами всех возрастов.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>