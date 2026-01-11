--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -162,51 +162,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В первый день работы мероприятия состоялась выставка, на которой вмногочисленных павильонах было представлено много надежной,узкоспециальной техники. На площадке работала экспозиция ВГСЧ МЧСРоссии, где было представлено новейшее горноспасательноеоборудование, включая портативную высокоточную мобильную систему 3Dкартографирования, тренажеры, дыхательные аппараты и приборы связи.Национальный горноспасательный центр в рамках стенда ВГСЧ МЧСРоссии продемонстрировал работу водолазной группы в условияхзатопленной горной выработки и действии подводного робота «Гном».Напоминаем, что водолазы Национального горноспасательного центра –единственные в России могут выполнять подводные спуски в условияхгорных выработок шахт.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>