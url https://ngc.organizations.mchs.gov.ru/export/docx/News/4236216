--- v0 (2025-11-26)
+++ v1 (2026-01-12)
@@ -178,51 +178,51 @@
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Международный день по снижению риска бедствий учредили в 1989году в рамках Международного десятилетия по уменьшению опасностистихийных бедствий. Событие утвердила Генеральная Ассамблея ООН. В1999 году было принято решение отмечать этот день ежегодно вовторую среду октября. Организаторы посчитали, что он способен статьинструментом, который сформирует глобальную культуру уменьшенияопасности стихийных бедствий.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>