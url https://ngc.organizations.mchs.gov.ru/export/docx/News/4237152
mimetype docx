--- v0 (2025-11-06)
+++ v1 (2026-03-04)
@@ -162,51 +162,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">За высокие результаты, достигнутые в области обеспечениябезопасности жизни шахтеров, большой личный вклад в ликвидациикрупных аварий на угледобывающих предприятий Кузбасса и в связи спразднованием 100-летия со дня образования горноспасательной службыРоссии начальнику ФГКУ «Национальный горноспасательный центр»Сергею Анатольевичу Петрову был вручен «Памятный адрес». МедальюМЧС России «За безупречную службу» награжден заместитель командиравоенизированного горноспасательного отряда ФГКУ «Национальныйгорноспасательный центр» Александр Викторович Шитиков.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>