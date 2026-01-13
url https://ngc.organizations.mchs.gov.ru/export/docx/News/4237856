--- v0 (2025-11-05)
+++ v1 (2026-01-13)
@@ -168,51 +168,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">«Я являюсь донором крови много лет. Это очень ответственная ипочетная миссия, которая очень важна для спасения жизни! Какдоктор, как работник МЧС России знаю, что донорская кровь можетстать последним шансом на жизнь для пострадавших при пожарах,дорожно-транспортных происшествиях и ЧС», – прокомментировалмероприятие Александр Борисович Муллов, заведующий медицинскимцентром.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>