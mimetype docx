--- v0 (2025-10-11)
+++ v1 (2026-02-07)
@@ -162,51 +162,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Программа повышения квалификации «Периодическая подготовкаспасателей средней служебной группы должностей военизированныхгорноспасательных частей МЧС России к ведению горноспасательныхработ» включала себя лекции и практические занятия по разделам«Гражданская оборона, единая государственная система предупрежденияи ликвидации чрезвычайных ситуаций», «Нормативные документы ВГСЧМЧС России», «Виды аварий на опасных производственных объектахведения горных работ», «Психологическая подготовка», «ДеятельностьМЧС России по обеспечению национальной безопасности РФ»,«Противопожарная подготовка» и т.д. В конце обучения со слушателямипроведена деловая игра по плану мероприятий по локализации иликвидации последствий аварий на опасных производственных объектахведения горных работ.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>