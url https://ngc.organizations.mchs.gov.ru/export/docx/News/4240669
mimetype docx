--- v0 (2025-10-11)
+++ v1 (2026-03-27)
@@ -156,51 +156,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В ФГКУ «Национальный горноспасательный центр» прошло учебноезанятие, посвященное Дню солидарности в борьбе с терроризмом. Входе мероприятия специалист гражданской обороны отметила, чтосегодня во всем мире активизируется антитеррористическое движение,повышается уровень знаний, чтобы решительно противостоять терроруво всех его проявлениях. Бдительность, ответственность каждого изнас составляют арсенал антитеррористической коалиции. Мы должныпомнить, что любой человек, независимо от занимаемого положения,может вдруг оказаться причастным к трагедии. Важно помнить, что стерроризмом следует не только и не столько бороться, сколькопредупреждать его возникновение.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>