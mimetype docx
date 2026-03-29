--- v0 (2025-10-10)
+++ v1 (2026-03-29)
@@ -162,51 +162,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В лекции периоды Великой Отечественной войны рассматривались сточки зрения творчества художников, авторов агитационных плакатов икартин, других выдающихся мастеров отечественного искусства, преждевсего тех, кто прошел дорогами войны. Эти работы представляютнесомненную историческую ценность как подлинные документы тойэпохи. В них органически сочетаются ощущения автора и объективнаяправда войны. Было отмечено, что и для следующих поколенийписателей, художников, режиссеров эта тема тала актуальной: онадала возможность высказаться на тему патриотизма и любви кОтечеству.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>