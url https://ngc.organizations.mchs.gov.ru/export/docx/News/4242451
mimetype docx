--- v0 (2025-11-18)
+++ v1 (2025-12-21)
@@ -129,69 +129,63 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Горноспасателипровели учения по ликвидации условной аварии в горных выработках нашахте «Талдинская-Западная 2» (АО «СУЭК-Кузбасс»). В тренировкеприняли участие силы и средства спасательных формирований филиала«Прокопьевский ВГСО» ФГУП «ВГСЧ» и ВГСОБР ФГКУ «Национальныйгорноспасательный центр».</w:t>
+              <w:t xml:space="preserve">Горноспасателипровели учения по ликвидации условной аварии в горных выработках нашахте «Талдинская-Западная 2» (АО «СУЭК-Кузбасс»). В контрольныхтактических учениях принимали участие три горноспасательныхотделения, командный состав взводов и отряда, работникипрофилактической службы, службы депрессионных съемок,контрольно-испытательной лаборатории, медицинской бригадыэкстренного реагирования филиала «Прокопьевский ВГСО» ФГУП «ВГСЧ» »и ВГСОБР ФГКУ «Национальный горноспасательный центр».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Основная цель учений – отработка взаимодействия междугорноспасательными подразделениями и службами шахты привозникновении чрезвычайной ситуации.</w:t>
+              <w:t xml:space="preserve">Целями учения являлись: отработка командным составом навыков поорганизации и руководству горноспасательными работами, отработкавзаимодействия между горноспасательными подразделениями, проверкаправильности действий при ведении горноспасательных работ, проверкаумения ИТР шахты вводить в действие ПЛА и осуществлятьпредусмотренные планом мероприятия, направленные на спасение людейи ликвидацию аварии.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">По замыслу учений произошел экзогенный пожар магистральной горнойвыработке. Сигнал о происшествии был незамедлительно передан сдиспетчерского пункта предприятия дежурному подразделения ВГСЧ,горноспасатели филиала «Прокопьевский ВГСО» ФГУП «ВГСЧ»незамедлительно выехали к месту аварии. На первоначальном этапе кликвидации последствий аварии приступили члены вспомогательныхгорноспасательных команд (ВГК), созданных из числа сотрудниковшахты. Для ликвидации последствий условной аварии были привлеченысилы и средства ФГКУ «Национальный горноспасательный центр».</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Цели штабной тренировки были признаны достигнутыми. Проведенныеучения позволили объективно оценить уровень готовности спасательныхформирований к оперативному реагированию и взаимодействию.</w:t>
+              <w:t xml:space="preserve">В ходе ликвидации последствий учебной аварии горноспасателиобнаружили пострадавшего, оказали ему первую помощь и эвакуировалина поверхность, где передали медицинской бригаде экстренногореагирования. Условный очаг возгорания был оперативно локализован иликвидирован.Цели штабной тренировки были признаны достигнутыми.Проведенные учения позволили объективно оценить уровень готовностиспасательных формирований к оперативному реагированию ивзаимодействию.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>