--- v1 (2025-12-21)
+++ v2 (2026-03-30)
@@ -162,51 +162,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В ходе ликвидации последствий учебной аварии горноспасателиобнаружили пострадавшего, оказали ему первую помощь и эвакуировалина поверхность, где передали медицинской бригаде экстренногореагирования. Условный очаг возгорания был оперативно локализован иликвидирован.Цели штабной тренировки были признаны достигнутыми.Проведенные учения позволили объективно оценить уровень готовностиспасательных формирований к оперативному реагированию ивзаимодействию.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>