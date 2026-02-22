--- v0 (2025-10-10)
+++ v1 (2026-02-22)
@@ -113,51 +113,51 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">УказПрезидента РФ от 12.08.2002 №885 «ОБ УТВЕРЖДЕНИИ ОБЩИХ ПРИНЦИПОВСЛУЖЕБНОГО ПОВЕДЕНИЯ ГОСУДАРСТВЕННЫХ СЛУЖАЩИХ»Указ Президента РФ от18.05.2009 №557 «ОБ УТВЕРЖДЕНИИ ПЕРЕЧНЯ ДОЛЖНОСТЕЙ ФЕДЕРАЛЬНОЙГОСУДАРСТВЕННОЙ СЛУЖБЫ, ПРИ ЗАМЕЩЕНИИ КОТОРЫХ ФЕДЕРАЛЬНЫЕГОСУДАРСТВЕННЫЕ СЛУЖАЩИЕ ОБЯЗАНЫ ПРЕДСТАВЛЯТЬ СВЕДЕНИЯ О СВОИХДОХОДАХ, ОБ ИМУЩЕСТВЕ И ОБЯЗАТЕЛЬСТВАХ ИМУЩЕСТВЕННОГО ХАРАКТЕРА, АТАКЖЕ СВЕДЕНИЯ О ДОХОДАХ, ОБ ИМУЩЕСТВЕ И ОБЯЗАТЕЛЬСТВАХИМУЩЕСТВЕННОГО ХАРАКТЕРА СВОИХ СУПРУГИ (СУПРУГА) ИНЕСОВЕРШЕННОЛЕТНИХ ДЕТЕЙ»Указ Президента РФ от 21.09.2009 г. №1065«О ПРОВЕРКЕ ДОСТОВЕРНОСТИ И ПОЛНОТЫ СВЕДЕНИЙ, ПРЕДСТАВЛЯЕМЫХГРАЖДАНАМИ, ПРЕТЕНДУЮЩИМИ НА ЗАМЕЩЕНИЕ ДОЛЖНОСТЕЙ ФЕДЕРАЛЬНОЙГОСУДАРСТВЕННОЙ СЛУЖБЫ, И ФЕДЕРАЛЬНЫМИ ГОСУДАРСТВЕННЫМИ СЛУЖАЩИМИ,И СОБЛЮДЕНИЯ ФЕДЕРАЛЬНЫМИ ГОСУДАРСТВЕННЫМИ СЛУЖАЩИМИ ТРЕБОВАНИЙ КСЛУЖЕБНОМУ ПОВЕДЕНИЮ»Указ Президента РФ от 23.06.2014 №453 «ОВНЕСЕНИИ ИЗМЕНЕНИЙ В НЕКОТОРЫЕ АКТЫ ПРЕЗИДЕНТА РОССИЙСКОЙ ФЕДЕРАЦИИПО ВОПРОСАМ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ»Указ Президента РФ от23.06.2014 №460 «ОБ УТВЕРЖДЕНИИ ФОРМЫ СПРАВКИ О ДОХОДАХ, РАСХОДАХ,ОБ ИМУЩЕСТВЕ И ОБЯЗАТЕЛЬСТВАХ ИМУЩЕСТВЕННОГО ХАРАКТЕРА И ВНЕСЕНИИИЗМЕНЕНИЙ В НЕКОТОРЫЕ АКТЫ ПРЕЗИДЕНТА РОССИЙСКОЙ ФЕДЕРАЦИИ»УказПрезидента РФ от 08.03.2015 № 120 «О НЕКОТОРЫХ ВОПРОСАХПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ»Указ Президента РФ от 01.07.2010 г. № 821«О КОМИССИЯХ ПО СОБЛЮДЕНИЮ ТРЕБОВАНИЙ К СЛУЖЕБНОМУ ПОВЕДЕНИЮФЕДЕРАЛЬНЫХ ГОСУДАРСТВЕННЫХ СЛУЖАЩИХ И УРЕГУЛИРОВАНИЮ КОНФЛИКТАИНТЕРЕСОВ»Указ Президента РФ от 19.05.2008 г. № 815 «О МЕРАХ ПОПРОТИВОДЕЙСТВИЮ КОРРУПЦИИ»Указ Президента РФ от 8.07.2013 г. № 613«ВОПРОСЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ»Указ Президента РФ от 2.04.2013г. № 310 «О МЕРАХ ПО РЕАЛИЗАЦИИ ОТДЕЛЬНЫХ ПОЛОЖЕНИЙ ФЕДЕРАЛЬНОГОЗАКОНА «О КОНТРОЛЕ ЗА СООТВЕТСТВИЕМ РАСХОДОВ ЛИЦ, ЗАМЕЩАЮЩИХГОСУДАРСТВЕННЫЕ ДОЛЖНОСТИ, И ИНЫХ ЛИЦ ИХ ДОХОДАМ»Указ Президента РФот 2.04.2013 г. № 309 «О МЕРАХ ПО РЕАЛИЗАЦИИ ОТДЕЛЬНЫХ ПОЛОЖЕНИЙФЕДЕРАЛЬНОГО ЗАКОНА «О ПРОТИВОДЕЙСТВИИ КОРРУПЦИИ»Указ Президента РФот 1 апреля 2016 года № 147 «О НАЦИОНАЛЬНОМ ПЛАНЕ ПРОТИВОДЕЙСТВИЯКОРРУПЦИИ НА 2016 - 2017 ГОДЫ»Указ Президента РФ от 22 декабря 2015года №650 «О ПОРЯДКЕ СООБЩЕНИЯ ЛИЦАМИ, ЗАМЕЩАЮЩИМИ ОТДЕЛЬНЫЕГОСУДАРСТВЕННЫЕ ДОЛЖНОСТИ РОССИЙСКОЙ ФЕДЕРАЦИИ, ДОЛЖНОСТИФЕДЕРАЛЬНОЙ ГОСУДАРСТВЕННОЙ СЛУЖБЫ, И ИНЫМИ ЛИЦАМИ О ВОЗНИКНОВЕНИИЛИЧНОЙ ЗАИНТЕРЕСОВАННОСТИ ПРИ ИСПОЛНЕНИИ ДОЛЖНОСТНЫХ ОБЯЗАННОСТЕЙ,КОТОРАЯ ПРИВОДИТ ИЛИ МОЖЕТ ПРИВЕСТИ К КОНФЛИКТУ ИНТЕРЕСОВ, И ОВНЕСЕНИИ ИЗМЕНЕНИЙ В НЕКОТОРЫЕ АКТЫ ПРЕЗИДЕНТА РОССИЙСКОЙФЕДЕРАЦИИ»Указ Президента Российской Федерации от 18 мая 2009 г. №558 «О ПРЕДСТАВЛЕНИИ ГРАЖДАНАМИ, ПРЕТЕНДУЮЩИМИ НА ЗАМЕЩЕНИЕГОСУДАРСТВЕННЫХ ДОЛЖНОСТЕЙ РОССИЙСКОЙ ФЕДЕРАЦИИ, И ЛИЦАМИ,ЗАМЕЩАЮЩИМИ ГОСУДАРСТВЕННЫЕ ДОЛЖНОСТИ РОССИЙСКОЙ ФЕДЕРАЦИИ,СВЕДЕНИЙ О ДОХОДАХ, ОБ ИМУЩЕСТВЕ И ОБЯЗАТЕЛЬСТВАХ ИМУЩЕСТВЕННОГОХАРАКТЕРА»Указ Президента Российской Федерации от 18 мая 2009 г. №559 «О ПРЕДСТАВЛЕНИИ ГРАЖДАНАМИ, ПРЕТЕНДУЮЩИМИ НА ЗАМЕЩЕНИЕДОЛЖНОСТЕЙ ФЕДЕРАЛЬНОЙ ГОСУДАРСТВЕННОЙ СЛУЖБЫ, И ФЕДЕРАЛЬНЫМИГОСУДАРСТВЕННЫМИ СЛУЖАЩИМИ СВЕДЕНИЙ О ДОХОДАХ, ОБ ИМУЩЕСТВЕ ИОБЯЗАТЕЛЬСТВАХ ИМУЩЕСТВЕННОГО ХАРАКТЕРА»Указ Президента РоссийскойФедерации от 21 июля 2010 г. № 925 «О МЕРАХ ПО РЕАЛИЗАЦИИ ОТДЕЛЬНЫХПОЛОЖЕНИЙ ФЕДЕРАЛЬНОГО ЗАКОНА «О ПРОТИВОДЕЙСТВИИ КОРРУПЦИИ»»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>