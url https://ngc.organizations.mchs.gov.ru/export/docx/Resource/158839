--- v0 (2025-10-10)
+++ v1 (2026-02-22)
@@ -113,51 +113,51 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Федеральныйзакон РФ от 25.12.2008 №273-ФЗ «О ПРОТИВОДЕЙСТВИИКОРРУПЦИИ»Федеральный закон РФ от 21.11.2011 №329-ФЗ «О ВНЕСЕНИИИЗМЕНЕНИЙ В ОТДЕЛЬНЫЕ ЗАКОНОДАТЕЛЬНЫЕ АКТЫ РОССИЙСКОЙ ФЕДЕРАЦИИ ВСВЯЗИ С СОВЕРШЕНСТВОВАНИЕМ ГОСУДАРСТВЕННОГО УПРАВЛЕНИЯ В ОБЛАСТИПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ»Федеральный закон РФ от 03.12.2012№230-ФЗ «О КОНТРОЛЕ ЗА СООТВЕТСТВИЕМ РАСХОДОВ ЛИЦ, ЗАМЕЩАЮЩИХГОСУДАРСТВЕННЫЕ ДОЛЖНОСТИ, И ИНЫХ ЛИЦ ИХ ДОХОДАМ»Федеральный законРФ от 29.12.2012 №280-ФЗ « О ВНЕСЕНИИ ИЗМЕНЕНИЙ В ОТДЕЛЬНЫЕЗАКОНОДАТЕЛЬНЫЕ АКТЫ РОССИЙСКОЙ ФЕДЕРАЦИИ В ЧАСТИ СОЗДАНИЯПРОЗРАЧНОГО МЕХАНИЗМА ОПЛАТЫ ТРУДА РУКОВОДИТЕЛЕЙ ГОСУДАРСТВЕННЫХ(МУНИЦИПАЛЬНЫХ) УЧРЕЖДЕНИЙ И ПРЕДСТАВЛЕНИЯ РУКОВОДИТЕЛЯМИ ЭТИХУЧРЕЖДЕНИЙ СВЕДЕНИЙ О ДОХОДАХ, ОБ ИМУЩЕСТВЕ И ОБЯЗАТЕЛЬСТВАХИМУЩЕСТВЕННОГО ХАРАКТЕРА»Федеральный закон РФ от 05.10.2015 №285-ФЗ«О ВНЕСЕНИИ ИЗМЕНЕНИЙ В ОТДЕЛЬНЫЕ ЗАКОНОДАТЕЛЬНЫЕ АКТЫ РОССИЙСКОЙФЕДЕРАЦИИ В ЧАСТИ СОЗДАНИЯ ПРОЗРАЧНОГО МЕХАНИЗМА ОПЛАТЫ ТРУДАРУКОВОДИТЕЛЕЙ ГОСУДАРСТВЕННЫХ (МУНИЦИПАЛЬНЫХ) УЧРЕЖДЕНИЙ ИПРЕДСТАВЛЕНИЯ РУКОВОДИТЕЛЯМИ ЭТИХ УЧРЕЖДЕНИЙ СВЕДЕНИЙ О ДОХОДАХ, ОБИМУЩЕСТВЕ И ОБЯЗАТЕЛЬСТВАХ ИМУЩЕСТВЕННОГО ХАРАКТЕРА» Федеральныйзакон РФ от 22.12.2014 № 431-ФЗ «О ВНЕСЕНИИ ИЗМЕНЕНИЙ В ОТДЕЛЬНЫЕЗАКОНОДАТЕЛЬНЫЕ АКТЫ РОССИЙСКОЙ ФЕДЕРАЦИИ ПО ВОПРОСАМПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ»Федеральный закон РФ от 27 июля 2004 г. №79-ФЗ «О ГОСУДАРСТВЕННОЙ ГРАЖДАНСКОЙ СЛУЖБЕ РОССИЙСКОЙФЕДЕРАЦИИ»Федеральный закон РФ от 7 мая 2013 г. № 79-ФЗ «О ЗАПРЕТЕОТДЕЛЬНЫМ КАТЕГОРИЯМ ЛИЦ ОТКРЫВАТЬ И ИМЕТЬ СЧЕТА (ВКЛАДЫ), ХРАНИТЬНАЛИЧНЫЕ ДЕНЕЖНЫЕ СРЕДСТВА И ЦЕННОСТИ В ИНОСТРАННЫХ БАНКАХ,РАСПОЛОЖЕННЫХ ЗА ПРЕДЕЛАМИ ТЕРРИТОРИИ РОССИЙСКОЙ ФЕДЕРАЦИИ, ВЛАДЕТЬИ (ИЛИ) ПОЛЬЗОВАТЬСЯ ИНОСТРАННЫМИ ФИНАНСОВЫМИИНСТРУМЕНТАМИ»Федеральный закон Российской Федерации от 23.05.2016№ 141-ФЗ «О СЛУЖБЕ В ФЕДЕРАЛЬНОЙ ПРОТИВОПОЖАРНОЙ СЛУЖБЕГОСУДАРСТВЕННОЙ ПРОТИВОПОЖАРНОЙ СЛУЖБЫ И ВНЕСЕНИИ ИЗМЕНЕНИЙ ВОТДЕЛЬНЫЕ ЗАКОНОДАТЕЛЬНЫЕ АКТЫ РОССИЙСКОЙ ФЕДЕРАЦИИ» Федеральныйзакон от 8 марта 2006 г. № 40-ФЗ «О РАТИФИКАЦИИ КОНВЕНЦИИОРГАНИЗАЦИИ ОБЪЕДИНЕННЫХ НАЦИЙ ПРОТИВ КОРРУПЦИИ»Федеральный законот 25.07.2006 № 125-ФЗ «О РАТИФИКАЦИИ КОНВЕНЦИИ ОБ УГОЛОВНОЙОТВЕТСТВЕННОСТИ ЗА КОРРУПЦИЮ»Федеральный закон от 17 июля 2009 г. №172-ФЗ «ОБ АНТИКОРРУПЦИОННОЙ ЭКСПЕРТИЗЕ НОРМАТИВНЫХ ПРАВОВЫХ АКТОВИ ПРОЕКТОВ НОРМАТИВНЫХ ПРАВОВЫХ АКТОВ»Федеральный закон от01.02.2012 № 3-ФЗ «О ПРИСОЕДИНЕНИИ РОССИЙСКОЙ ФЕДЕРАЦИИ К КОНВЕНЦИИПО БОРЬБЕ С ПОДКУПОМ ИНОСТРАННЫХ ДОЛЖНОСТНЫХ ЛИЦ ПРИ ОСУЩЕСТВЛЕНИИМЕЖДУНАРОДНЫХ КОММЕРЧЕСКИХ СДЕЛОК»Федеральный закон от 03.12.2012 №231-ФЗ «О ВНЕСЕНИИ ИЗМЕНЕНИЙ В ОТДЕЛЬНЫЕ ЗАКОНОДАТЕЛЬНЫЕ АКТЫРОССИЙСКОЙ ФЕДЕРАЦИИ В СВЯЗИ С ПРИНЯТИЕМ ФЕДЕРАЛЬНОГО ЗАКОНА «ОКОНТРОЛЕ ЗА СООТВЕТСТВИЕМ РАСХОДОВ ЛИЦ, ЗАМЕЩАЮЩИХ ГОСУДАРСТВЕННЫЕДОЛЖНОСТИ, И ИНЫХ ЛИЦ ИХ ДОХОДАМ»»Федеральный закон от 7 мая 2013г. № 102-ФЗ «О ВНЕСЕНИИ ИЗМЕНЕНИЙ В ОТДЕЛЬНЫЕ ЗАКОНОДАТЕЛЬНЫЕ АКТЫРОССИЙСКОЙ ФЕДЕРАЦИИ В СВЯЗИ С ПРИНЯТИЕМ ФЕДЕРАЛЬНОГО ЗАКОНА «ОКОНТРОЛЕ ЗА СООТВЕТСТВИЕМ РАСХОДОВ ЛИЦ, ЗАМЕЩАЮЩИХ ГОСУДАРСТВЕННЫЕДОЛЖНОСТИ, И ИНЫХ ЛИЦ ИХ ДОХОДАМ»»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>