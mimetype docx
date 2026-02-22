--- v0 (2025-10-10)
+++ v1 (2026-02-22)
@@ -113,51 +113,51 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Приказ МЧСРоссии от 27.04.2009 № 266 «О мерах по реализации ПостановленийПравительства Российской Федерации от 5 марта 2009 г. № 195 и от 5марта 2009 г. № 196» Приказ МЧС России от 29.06.2010 № 299 «Обутверждении Порядка проведения антикоррупционной экспертизынормативных правовых актов и проектов нормативных правовых актовМинистерства Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий»Приказ МЧС России от 02.07.2010 № 314 «Об утверждении Порядкауведомления представителя нанимателя о фактах обращения в целяхсклонения федерального государственного служащего МинистерстваРоссийской Федерации по делам гражданской обороны, чрезвычайнымситуациям и ликвидации последствий стихийных бедствий к совершениюкоррупционных правонарушений, регистрации таких уведомлений иорганизации проверки содержащихся в них сведений» Приказ МЧС Россииот 31.08.2010 № 409 «Об утверждении Положения о КомиссииМинистерства Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствийпо соблюдению требований к служебному поведению федеральныхгосударственных служащих и урегулированию конфликта интересов»Приказ МЧС России от 02.12.2010 № 613 «О комиссиях территориальныхорганов министерства российской федерации по делам гражданскойобороны, чрезвычайным ситуациям и ликвидации последствий стихийныхбедствий по соблюдению требований к служебному поведениюфедеральных государственных служащих и урегулированию конфликтаинтересов» Приказ МЧС России от 06.12.2011 № 729 «Об утвержденииПорядка формирования и деятельности комиссии территориальногооргана Министерства Российской Федерации по делам гражданскойобороны, чрезвычайным ситуациям и ликвидации последствий стихийныхбедствий по соблюдению требований к служебному поведениюфедеральных государственных служащих и урегулированию конфликтаинтересов» Приказ МЧС России от 07.07.2011 № 354 «Об утвержденииКодекса этики и служебного поведения государственных служащихМинистерства Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий»Приказ МЧС России от 10.04.2012 N 190 «О порядке поступленияобращений и заявлений, являющихся основаниями для проведениязаседаний комиссии Министерства Российской Федерации по деламгражданской обороны, чрезвычайным ситуациям и ликвидациипоследствий стихийных бедствий по соблюдению требований кслужебному поведению федеральных государственных служащих иурегулированию конфликта интересов» Приказ МЧС России от 15.04.2013№ 252 «О работниках, замещающих отдельные должности на основаниитрудового договора в организациях, созданных для выполнения задач,поставленных перед МЧС России, и гражданах, претендующих назамещение таких должностей» Приказ МЧС России от 21.11.2013 № 745«Об утверждении Порядка представления гражданами, претендующими назамещение должностей в организациях, созданных для выполнениязадач, поставленных перед МЧС России, сведений о своих доходах,расходах, об имуществе и обязательствах имущественного характера, атакже сведений о доходах, расходах, об имуществе и обязательствахимущественного характера своих супруги (супруга) инесовершеннолетних детей и работниками, замещающими эти должности»Приказ МЧС России от 21.11.2013 № 746 «Об утверждении Положения обосуществлении в системе МЧС России проверки достоверности и полнотысведений, представляемых гражданами, претендующими на замещениедолжностей в организациях, созданных для выполнения задач,поставленных перед МЧС России, при назначении на которые граждане ипри замещении которых работники обязаны представлять сведения освоих доходах, об имуществе и обязательствах имущественногохарактера, а также сведения о доходах, об имуществе иобязательствах имущественного характера своих супруги (супруга) инесовершеннолетних детей, и работниками, замещающими эти должности»Приказ МЧС России от 15.07.2014 № 364 «Об утверждении Порядкапредставления гражданами, претендующими на замещение должностейфедеральной государственной службы в Министерстве РоссийскойФедерации по делам гражданской обороны, чрезвычайным ситуациям иликвидации последствий стихийных бедствий, и федеральнымигосударственными служащими Министерства Российской Федерации поделам гражданской обороны, чрезвычайным ситуациям и ликвидациипоследствий стихийных бедствий сведений о своих доходах, расходах,об имуществе и обязательствах имущественного характера, а такжесведений о доходах, расходах, об имуществе и обязательствахимущественного характера своих супруги (супруга) инесовершеннолетних детей» Приказ МЧС России от 15.07.2014 № 365 «Обутверждении Порядка принятия решения об осуществлении контроля зарасходами федеральных государственных служащих и работниковминистерства российской федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий,а также за расходами их супруг (супругов) и несовершеннолетнихдетей» Приказ МЧС России от 11.09.2014 № 503 «Об утвержденииПеречня должностей в МЧС России, замещение которых влечет за собойразмещение сведений о доходах, расходах, об имуществе иобязательствах имущественного характера федеральных государственныхслужащих МЧС России и работников, замещающих должности ворганизациях, созданных для выполнения задач, поставленных передМЧС России, а также сведений о доходах, расходах, об имуществе иобязательствах имущественного характера их супруг (супругов) инесовершеннолетних детей на официальном сайте МЧС России» ПриказМЧС России от 18.09.2014 № 520 «О реализации в МЧС Россиипостановления Правительства Российской Федерации от 9 января 2014г. № 10 «О порядке сообщения отдельными категориями лиц о полученииподарка в связи с их должностным положением или исполнением имислужебных (должностных) обязанностей, сдачи и оценки подарка,реализации (выкупа) и зачисления средств, вырученных от егореализации» Приказ МЧС России от 05.06.2015 N 286 «Об утвержденииПеречня должностей в МЧС России, при замещении которых федеральнымгосударственным служащим МЧС России и работникам, замещающимотдельные должности на основании трудового договора в организациях,созданных для выполнения задач, поставленных перед МЧС России,запрещается открывать и иметь счета (вклады), хранить наличныеденежные средства и ценности в иностранных банках, расположенных запределами территории российской федерации, владеть и (или)пользоваться иностранными финансовыми инструментами» Приказ МЧСРоссии от 22.10.2015 № 565 «Об утверждении Перечня должностейфедеральной государственной службы в МЧС России, при назначении накоторые граждане и при замещении которых федеральныегосударственные служащие обязаны представлять сведения о своихПриказ МЧС России от 24.11.2015 № 611 «Об утверждении Порядкауведомления работниками, замещающими отдельные должности наосновании трудового договора в организациях, созданных длявыполнения задач, поставленных перед Министерством РоссийскойФедерации по делам гражданской обороны, чрезвычайным ситуациям иликвидации последствий стихийных бедствий, об обращении к нимкаких-либо лиц в целях склонения к совершению коррупционныхправонарушений, сообщения указанными работниками о возникновенииличной заинтересованности при исполнении должностных обязанностей,которая приводит или может привести к конфликту интересов, ипринятия ими мер по недопущению любой возможности возникновенияконфликта интересов» Приказ МЧС России от 2.03. 2016 г. № 101 «Омерах по реализации Указа Президента Российской Федерации от 21сентября 2009 г. № 1065» Приказ МЧС России от 15.05.2016 № 257 «Обутверждении Плана противодействия коррупции в системе МЧС России»Приказ МЧС России от 06.02.2017 № 38 «Об утверждении Порядкасообщения федеральными государственными служащими МинистерстваРоссийской Федерации по делам гражданской обороны, чрезвычайнымситуациям и ликвидации последствий стихийных бедствий овозникновении личной заинтересованности при исполнении должностных(служебных) обязанностей, которая приводит или может привести кконфликту интересов» Приказ МЧС России от 20.03.2017 № 120 «Обутверждении Положения об аттестационной комиссии МинистерстваРоссийской Федерации по делам гражданской обороны, чрезвычайнымситуациям и ликвидации последствий стихийных бедствий по соблюдениютребований к служебному поведению федеральных государственныхслужащих и урегулированию конфликта интересов»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>