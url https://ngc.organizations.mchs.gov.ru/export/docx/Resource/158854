--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -102,138 +102,136 @@
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Протоколы заседаний комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Копии протоколов заседаний ОАК в 2025году </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Протокол заседания ОАК от 24.07.2025 №7Протоколзаседания ОАК от 19.06.2025 №6Протокол заседания ОАК от 22.05.2025№5Протокол заседания ОАК от 17.04.2025 №4Протокол заседания ОАК от20.03.2025 №3Протокол заседания ОАК от 20.02.2025 №2Протоколзаседания ОАК от 23.01.2025 №1</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Протокол заседания ОАК от 20.11.2025 №11Протоколзаседания ОАК от 23.10.2025 №10Протокол заседания ОАК от 18.09.2025№9Протокол заседания ОАК от 21.08.2025 №8Протокол заседания ОАК от24.07.2025 №7Протокол заседания ОАК от 19.06.2025 №6Протоколзаседания ОАК от 22.05.2025 №5Протокол заседания ОАК от 17.04.2025№4Протокол заседания ОАК от 20.03.2025 №3Протокол заседания ОАК от20.02.2025 №2Протокол заседания ОАК от 23.01.2025 №1</w:t>
+            </w:r>
+            <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Копиипротоколов заседаний ОАК в 2024 году</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Протокол заседания ОАК от19.12.2024 №12Протокол заседания ОАК от 21.11.2024 №11Протоколзаседания ОАК от 24.10.2024 № 10Протокол заседания ОАК от19.09.2024 №9Протокол заседания ОАК от 22.08.2024 №8Протоколзаседания ОАК от 18.07.2024 №7Протокол заседания ОАК от 20.06.2024№6Протокол заседания ОАК от 23.05.2024 №5Протокол заседания ОАК от18.04.2024 №4Протокол заседания ОАК от 21.03.2024 №3Протоколзаседания ОАК от 22.02.2024 №2Протокол заседания ОАК от 18.01.2024№1</w:t>
+              <w:t xml:space="preserve">Копии протоколов заседаний ОАК в2024 году</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> Протокол заседания ОАК от 19.12.2024 №12Протоколзаседания ОАК от 21.11.2024 №11Протокол заседания ОАК от 24.10.2024№ 10Протокол заседания ОАК от 19.09.2024 №9Протокол заседания ОАКот 22.08.2024 №8Протокол заседания ОАК от 18.07.2024 №7Протоколзаседания ОАК от 20.06.2024 №6Протокол заседания ОАК от 23.05.2024№5Протокол заседания ОАК от 18.04.2024 №4Протокол заседания ОАК от21.03.2024 №3Протокол заседания ОАК от 22.02.2024 №2Протоколзаседания ОАК от 18.01.2024 №1</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Копии протоколов заседаний ОАК в 2023году</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Протокол заседания ОАК от 15.12.2023 №12Протокол заседанияОАК от 16.11.2023 №11Протокол заседания ОАК от 19.10.2023№10Протокол заседания ОАК от 21.09.2023 №9Протокол заседания ОАК от24.08.2023 №8Протокол заседания ОАК от 20.07.2023 №7Протоколзаседания ОАК от 23.06.2023 №6Протокол заседания ОАК от 18.05.2023№5Протокол заседания ОАК от 20.04.2023 №4Протокол заседания ОАК от23.03.2023 №3Протокол заседания ОАК от 16.02.2023 №2Протоколзаседания ОАК от 26.01.2023 №1</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Копии протоколов заседаний ОАК в2022 году</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Протокол заседания ОАК от 15.12.2022 №12Протоколзаседания ОАК от 24.11.2022 №11Протокол заседания ОАК от 20.10.2022№10Протокол заседания ОАК от 22.09.2022 №9Протокол заседания ОАК от25.08.2022 №8Протокол заседания ОАК от 21.07.2022 №7Протоколзаседания ОАК от 23.06.2022 №6Протокол заседания ОАК от 19.05.2022№5Протокол заседания ОАК от 22.04.2022 №4Протокол заседания ОАК от25.03.2022 №3Протокол заседания ОАК от 18.02.2022 №2Протоколзаседания ОАК от 20.01.2022 №1 </w:t>
-            </w:r>
+              <w:t xml:space="preserve">Протокол заседания ОАК от 15.12.2022 №12Протоколзаседания ОАК от 24.11.2022 №11Протокол заседания ОАК от 20.10.2022№10Протокол заседания ОАК от 22.09.2022 №9Протокол заседания ОАК от25.08.2022 №8Протокол заседания ОАК от 21.07.2022 №7Протоколзаседания ОАК от 23.06.2022 №6Протокол заседания ОАК от 19.05.2022№5Протокол заседания ОАК от 22.04.2022 №4Протокол заседания ОАК от25.03.2022 №3Протокол заседания ОАК от 18.02.2022 №2Протоколзаседания ОАК от 20.01.2022 №1</w:t>
+            </w:r>
+            <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Копиипротоколов заседаний ОАК в 2021 году</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Протокол заседания ОАК от17.12.2021 №13</w:t>
+              <w:t xml:space="preserve">Копии протоколов заседаний ОАК в 2021году</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Протокол заседания ОАК от 17.12.2021 №13</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Протокол заседания ОАК от 14.12.2021 №12</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Протокол заседания ОАК от 16.11.2021 №11Протокол заседания ОАК от21.01.2021 №10Протокол заседания ОАК от 23.09.2021 №9Протоколзаседания ОАК от 25.08.2021 №8 Протокол заседания ОАК от 22.07.2021№7Протокол заседания ОАК от 24.06.2021 №6Протокол заседания ОАК от20.05.2021 №5Протокол заседания ОАК от 22.04.2021 №4Протоколзаседания ОАК от 25.03.2021 №3Протокол заседания ОАК от 25.02.2021№2Протокол заседания ОАК от 21.01.2021 №1</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Копии протоколов заседаний ОАК в 2020 году</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Протокол заседания ОАК от 16.12.2020 №11</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Протокол заседания ОАК от 19.11.2020 №10Протокол заседания ОАК от22.10.2020 №9Протокол заседания ОАК от 24.09.2020 №8Протоколзаседания ОАК от 27.08.2020 №7Протокол заседания ОАК от 30.07.2020№6Протокол заседания ОАК от 25.06.2020 №5Протокол заседания ОАК от28.05.2020 №4Протокол заседания ОАК от 23.04.2020 №3Протоколзаседания ОАК от 19.03.2020 №2Протокол заседания ОАК от 23.01.2020№1</w:t>
             </w:r>
             <w:br/>
-            <w:br/>
-[...7 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Копии протоколов заседаний ОАК в 2019 году</w:t>
+            </w:r>
+            <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Протокол заседания ОАК от 20.12.2019 №10</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Протокол заседания ОАК от 16.12.2019 №9 Протокол заседания ОАК от13.12.2019 №8 Протокол заседания ОАК от 05.12.2019 №7 Протоколзаседания ОАК от 28.11.2019 №6 Протокол заседания ОАК от 24.10.2019№5 Протокол заседания ОАК от 27.09.2019 №4 Протокол заседания ОАКот 16.09.2019 №3 Протокол заседания ОАК от 23.07.2019 №2Протоколзаседания ОАК от 23.07.2019 №1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>