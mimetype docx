--- v1 (2025-12-13)
+++ v2 (2026-01-08)
@@ -102,51 +102,51 @@
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Протоколы заседаний комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Копии протоколов заседаний ОАК в 2025году </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Протокол заседания ОАК от 20.11.2025 №11Протоколзаседания ОАК от 23.10.2025 №10Протокол заседания ОАК от 18.09.2025№9Протокол заседания ОАК от 21.08.2025 №8Протокол заседания ОАК от24.07.2025 №7Протокол заседания ОАК от 19.06.2025 №6Протоколзаседания ОАК от 22.05.2025 №5Протокол заседания ОАК от 17.04.2025№4Протокол заседания ОАК от 20.03.2025 №3Протокол заседания ОАК от20.02.2025 №2Протокол заседания ОАК от 23.01.2025 №1</w:t>
+              <w:t xml:space="preserve">Протокол заседания ОАК от 18.12.2025 №12Протоколзаседания ОАК от 20.11.2025 №11Протокол заседания ОАК от 23.10.2025№10Протокол заседания ОАК от 18.09.2025 №9Протокол заседания ОАК от21.08.2025 №8Протокол заседания ОАК от 24.07.2025 №7Протоколзаседания ОАК от 19.06.2025 №6Протокол заседания ОАК от 22.05.2025№5Протокол заседания ОАК от 17.04.2025 №4Протокол заседания ОАК от20.03.2025 №3Протокол заседания ОАК от 20.02.2025 №2Протоколзаседания ОАК от 23.01.2025 №1</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Копии протоколов заседаний ОАК в2024 году</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> Протокол заседания ОАК от 19.12.2024 №12Протоколзаседания ОАК от 21.11.2024 №11Протокол заседания ОАК от 24.10.2024№ 10Протокол заседания ОАК от 19.09.2024 №9Протокол заседания ОАКот 22.08.2024 №8Протокол заседания ОАК от 18.07.2024 №7Протоколзаседания ОАК от 20.06.2024 №6Протокол заседания ОАК от 23.05.2024№5Протокол заседания ОАК от 18.04.2024 №4Протокол заседания ОАК от21.03.2024 №3Протокол заседания ОАК от 22.02.2024 №2Протоколзаседания ОАК от 18.01.2024 №1</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Копии протоколов заседаний ОАК в 2023году</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Протокол заседания ОАК от 15.12.2023 №12Протокол заседанияОАК от 16.11.2023 №11Протокол заседания ОАК от 19.10.2023№10Протокол заседания ОАК от 21.09.2023 №9Протокол заседания ОАК от24.08.2023 №8Протокол заседания ОАК от 20.07.2023 №7Протоколзаседания ОАК от 23.06.2023 №6Протокол заседания ОАК от 18.05.2023№5Протокол заседания ОАК от 20.04.2023 №4Протокол заседания ОАК от23.03.2023 №3Протокол заседания ОАК от 16.02.2023 №2Протоколзаседания ОАК от 26.01.2023 №1</w:t>
             </w:r>
@@ -214,51 +214,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Протокол заседания ОАК от 20.12.2019 №10</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Протокол заседания ОАК от 16.12.2019 №9 Протокол заседания ОАК от13.12.2019 №8 Протокол заседания ОАК от 05.12.2019 №7 Протоколзаседания ОАК от 28.11.2019 №6 Протокол заседания ОАК от 24.10.2019№5 Протокол заседания ОАК от 27.09.2019 №4 Протокол заседания ОАКот 16.09.2019 №3 Протокол заседания ОАК от 23.07.2019 №2Протоколзаседания ОАК от 23.07.2019 №1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>