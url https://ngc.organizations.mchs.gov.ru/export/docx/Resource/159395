--- v0 (2025-10-09)
+++ v1 (2026-02-10)
@@ -128,51 +128,51 @@
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Закон Российской Федерации от 21.06.1993 № 5485-1 «Огосударственной тайне»;Федерального закона от 27.07.2006 № 149-ФЗ«Об информации, информационных технологиях и о защитеинформации»;Указ Президента Российской Федерации от 7 июля 2011 г.№ 899 «Об утверждении приоритетных направлений развития науки,технологий и техники в Российской Федерации и перечня критическихтехнологий Российской Федерации»;Постановление ПравительстваРоссийской Федерации от 15.04.2014 № 300 «О Государственнойпрограмме Российской Федерации «Защита населения и территорий отчрезвычайных ситуаций, обеспечение пожарной безопасности ибезопасности людей на водных объектах»;Приказ МЧС России от19.10.2015 № 13с «Об утверждении Перечня сведений, подлежащихзасекречиванию, Министерства Российской Федерации по деламгражданской обороны, чрезвычайным ситуациям и ликвидациипоследствий стихийных бедствий»;Приказ МЧС России от 24.05.2016 №277 «Об утверждении Перечня сведений, составляющих служебнуюинформацию ограниченного распространения, Министерства РоссийскойФедерации по делам гражданской обороны, чрезвычайным ситуациям иликвидации последствий стихийных бедствий»;Приказ МЧС России от12.12.2017 № 570 «Об утверждении Положения об организациинаучно-технической деятельности в Министерстве Российской Федерациипо делам гражданской обороны, чрезвычайным ситуациям и ликвидациипоследствий стихийных бедствий»;Приказы МЧС России «Об утвержденииПланов научно-исследовательских и опытно-конструкторских работ МЧСРоссии на текущий и плановый периоды»;Приказ Минобрнауки России от25.09.2020 № 1234 «Об утверждении форм направления сведений,указанных в пункте 3 Положения о единой государственнойинформационной системе учёта научно-исследовательских,опытно-конструкторских и технологических работ гражданскогоназначения, утверждённого Постановлением Правительства РоссийскойФедерации от 12 апреля 2013 г. № 327, требований к заполнению инаправлению указанных форм, порядка подтверждения главнымираспорядителями бюджетных средств, осуществляющими финансовоеобеспечение научно-исследовательских, опытно-конструкторских итехнологических работ гражданского назначения и выполняющимифункции заказчика таких работ, соответствия сведений об указанныхработах, внесённых в единую государственную информационную системуучёта научно-исследовательских, опытно-конструкторских итехнологических работ гражданского назначения, условиямгосударственных контрактов на выполнение научно-исследовательских,опытно-конструкторских и технологических работ гражданскогоназначения» (для работ гражданского назначения);Приказ Министерстваюстиции Российской Федерации и Министерства промышленности, науки итехнологий Российской Федерации от 17.07.2003 № 173/178 «Обутверждении форм документов, необходимых для ведения единогореестра результатов научно-исследовательских,опытно-конструкторских и технологических работ военного,специального и двойного назначения, права на которые принадлежатРоссийской Федерации» (зарегистрирован в Министерстве юстицииРоссийской Федерации 29 июля 2003 г., регистрационный номер № 4933)(для работ военного, специального и двойного назначения).</w:t>
             </w:r>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>