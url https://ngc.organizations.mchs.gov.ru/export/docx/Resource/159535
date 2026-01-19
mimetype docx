--- v0 (2025-10-09)
+++ v1 (2026-01-19)
@@ -121,189 +121,121 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В 2022 году100-летие государственной горноспасательной службы России отметилимужественные люди, чей нелегкий труд под землей – залогбезопасности работников горнодобывающей промышленности. </w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:spacing w:val="3"/>
                 <w:shd w:val="clear" w:fill="initial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Внастоящее время в ведении МЧС России находятся 3 организации ВГСЧцентрального подчинения:</w:t>
-[...82 lines deleted...]
-            <w:br/>
+              <w:t xml:space="preserve">Подразделения военизированных горноспасательных частей МЧСРоссии:</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">• в субъектах Российской Федерации территориально расположены 16военизированных горноспасательных отрядов, в составе которыхдействуют 46 военизированных горноспасательных взводов, в составкоторых входит 99 военизированных горноспасательных постов. •12 медицинских бригад экстренного реагирования</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">• 13 служб депрессионных съемок для выполнения депрессионныхтепловых съемок на подземных объектах ведения горных работ</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">• 24 контрольно-испытательных лаборатории, выполняющих анализыпроб шахтного воздуха, воды и материалов, применяемых при веденииаварийно-спасательных работ</w:t>
+            </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Началом организации государственной горноспасательной службы Россиисчитается 1922 год, когда 6 июля Всероссийским ЦентральнымИсполнительным Комитетом (ВЦИК) и Советом Народных Комиссаров (СНК)было принято постановление «О горноспасательном и испытательномделе в РСФСР».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Этим постановлением было положено начало созданию государственнойпрофессиональной горноспасательной службы, построенной на принципахцентрализованного управления, на которую были возложены задачи по«борьбе со стихийными бедствиями во всех без исключениягорнопромышленных предприятиях (борьба с газами, обвалами,взрывами, пожарами и затоплениями)».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">К 1924 году в стране действовало 33 горноспасательных станции, изних: в Донбассе – 22, на Урале – 4, в Кузбассе – 3, в Средней Азии– 2, на Дальнем Востоке – 1 и в Криворожском бассейне – 1. Этистанции организовывались не только на угольных шахтах, но и нарудниках по добыче железных и полиметаллических руд.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В 2010 году Президентом и Правительством Российской Федерациипринято решение о передаче функций по руководству деятельностьювоенизированных горноспасательных частей (далее – ВГСЧ) ототраслевых Министерств МЧС России.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">За свою долгую историю горноспасательная служба прошла длинный путьот добровольных команд, состоявших из числа работников шахт,до высококвалифицированных профессионалов – горноспасателей.ВГСЧ обеспечивают безопасность производственных объектов,устойчивое функционирование которых является одним из приоритетныхнаправлений развития экономики страны. Горноспасательныеподразделения МЧС России спасают людей и оказывают необходимуюмедицинскую помощь пострадавшим шахтёрам при чрезвычайныхситуациях, а также тушат пожары и ликвидируют последствия аварий, втом числе в результате взрывов, внезапных выбросов газа, обрушенийгорных выработок, прорывов плывунов и других.</w:t>
             </w:r>
-            <w:br/>
-[...2 lines deleted...]
-            <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>