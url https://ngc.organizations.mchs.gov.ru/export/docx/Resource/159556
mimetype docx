--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -157,51 +157,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Если вы обнаружили висящие сосульки или снежные завалы на крышах.Обязательно сообщите об этом работникам коммунальной службы илисобственнику нежилого помещения. Согласно действующемузаконодательству, ответственность за полученные травмы от падениятолщи снега на человека лежит именно на руководителях, в чьейкомпетенции находится это предприятие или торговая точка. Еслинесчастный случай произошел возле жилого дома, то отвечать будетего собственник или управляющая компания.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>