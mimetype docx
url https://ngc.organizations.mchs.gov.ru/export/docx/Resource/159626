--- v0 (2025-10-07)
+++ v1 (2026-01-19)
@@ -110,237 +110,128 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">6 июля 2022года исполняется 100 лет создания государственной горноспасательнойслужбы России, историческое начало которой связано с принятиемВсероссийским Центральным Исполнительным Комитетом и СоветомНародных Комиссаров постановления «О горноспасательном ииспытательном деле в РСФСР».</w:t>
+              <w:t xml:space="preserve">6 июля 2022года исполнилось 100 лет создания государственной горноспасательнойслужбы России, историческое начало которой связано с принятиемВсероссийским Центральным Исполнительным Комитетом и СоветомНародных Комиссаров постановления «О горноспасательном ииспытательном деле в РСФСР».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Проведение торжественных мероприятий, посвященных 100-летиюсоздания государственной горноспасательной службы России,предусмотрено Комплексным планом основных мероприятий МЧС России на2022 год, утвержденным приказом МЧС России от 30.12.2021 № 947, атакже решениями коллегии МЧС России от 16.02.2022 № 1/I, 25.03.2022№ 2/II.</w:t>
+              <w:t xml:space="preserve">Учитывая высокий уровень развития горной промышленности в Кузбассе,торжественные мероприятия прошли в Кемеровской области в период с 4по 8 июля 2022 года.</w:t>
             </w:r>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Учитывая высокий уровень развития горной промышленности в Кузбассе,торжественные мероприятия пройдут в Кемеровской области в период с4 по 8 июля 2022 года.</w:t>
+              <w:t xml:space="preserve">Основным событием в рамках проведения торжественныхмероприятий стали Всероссийские соревнования по тактическойподготовке работников аварийно-спасательных служб,аварийно-спасательных формирований, выполняющих горноспасательныеработы, Положение о которых утверждено приказом МЧС России от09.09.2019 № 472.</w:t>
             </w:r>
-            <w:br/>
-[...1 lines deleted...]
-            <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Подготовлены распорядительные документы, которыми утверждены планподготовки торжественных мероприятий, программа их проведения исостав Организационного комитета. Учитывая высокий уровень развитиягорной промышленности в Кузбассе, принято решение торжественныемероприятия провести в Кемеровской области в период с 1 по 6 июля2022</w:t>
+              <w:t xml:space="preserve">С 4 июля 18 команд из 14 регионов России несколько днейсоревновались, чтобы выявить сильнейших. Соревнования проходили набазе подразделений Кемеровского ВГСО в Ленинске-Кузнецком иБерезовском, в том числе на учебных полигонах, максимальноприближены к реальным условиям в шахтах. В ходе состязаний былипроверены теоретические знания горноспасателей, практические навыкипо ведению горноспасательных работ и тушению пожаров в шахте, атакже навыки оказания первой помощи пострадавшим. Техникиподразделений ВГСЧ прошли специальные испытания по обслуживаниюдыхательных аппаратов. Самый зрелищный этап – «Горноспасательнаяэстафета» – закрыла соревнования на арене Ледового дворца «Кузбасс»8 июля. В результате напряженной борьбы команда ФКГУ «Национальныйгорноспасательный центр» вошла в тройку лидеров состязаний. Витоге весь пьедестал почета оказался за военизированнымигорноспасательными отрядами из Кузбасса. Первой стала командафилиала «Новокузнецкий ВГСО» ФГУП «ВГСЧ». 2-е место заняла командафилиала «Прокопьевский ВГСО» ФГУП «ВГСЧ».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
-            <w:r>
-[...137 lines deleted...]
-            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>