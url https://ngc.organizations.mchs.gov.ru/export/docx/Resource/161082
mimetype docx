--- v0 (2026-02-18)
+++ v1 (2026-03-30)
@@ -64,64 +64,79 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийныхбедствий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
-          <w:tcPr/>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">СОРЕВНОВАНИЯ ГОРНОСПАСАТЕЛЕЙ 2026</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>